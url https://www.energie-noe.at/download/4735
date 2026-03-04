--- v0 (2025-10-30)
+++ v1 (2026-03-04)
@@ -15,199 +15,204 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Energie\2_Expertise\04_Projekte\klimaaktiv\02 Projektleitung\04_Projektmanagement\ka-Wohnbaucheck_adaption\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Energie\2_Expertise\04_Projekte\klimaaktiv\2026\03_Programmmanagement\1.1_Plausibilitätsprüfungen\ka-Wohnbaucheck\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{534D461E-51C7-4354-B22F-EE911900F4F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="f6k9XMmbPMpPnq8MetSR9b5WxS/TQ7FMHcTbWtFUAXTJpibZnHK4StXQbs8wSrXdztHJ2J0bSAsv89f9T0f3kA==" workbookSaltValue="ztDS7t0LIxX5hL2Fx7nDRQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4D9829C-5D99-49D2-AF13-336D3A71A92F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="K2Eu7/4xS7/3K4VcrDtlxaGHTwrJu58EhM92z2wVGOYGdtRyWLn+RTnYuW2hBAsAJtzWjf+668vW1uin916ixA==" workbookSaltValue="SCbcgPTEVt1iPVYYEVScvQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quick-Check" sheetId="1" r:id="rId1"/>
     <sheet name="Hilfszellen" sheetId="2" state="veryHidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Quick-Check'!$A$1:$E$35</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B12" i="1" l="1"/>
   <c r="B13" i="1" l="1"/>
-  <c r="B12" i="1"/>
-  <c r="K19" i="2"/>
   <c r="F15" i="2" l="1" a="1"/>
   <c r="F15" i="2" s="1"/>
-  <c r="C15" i="2" s="1"/>
   <c r="E15" i="2" a="1"/>
   <c r="E15" i="2" s="1"/>
-  <c r="B15" i="2" s="1"/>
   <c r="C22" i="1"/>
   <c r="B31" i="1"/>
   <c r="B32" i="1"/>
   <c r="C20" i="1"/>
   <c r="C16" i="1"/>
   <c r="E21" i="1"/>
   <c r="C21" i="1"/>
   <c r="E22" i="1"/>
-  <c r="B17" i="2" l="1"/>
-  <c r="C15" i="1" s="1"/>
+  <c r="E16" i="2" l="1"/>
+  <c r="B15" i="2" s="1"/>
+  <c r="F16" i="2"/>
+  <c r="C15" i="2" s="1"/>
+  <c r="B17" i="2" s="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E20" i="1"/>
   <c r="E19" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E25" i="1"/>
-  <c r="C17" i="1" l="1"/>
+  <c r="C15" i="1" l="1"/>
+  <c r="C17" i="1"/>
   <c r="E16" i="1"/>
   <c r="C19" i="1" l="1"/>
   <c r="C18" i="1" l="1"/>
   <c r="C6" i="1" l="1"/>
   <c r="E15" i="1" l="1"/>
   <c r="C7" i="1"/>
   <c r="C11" i="1"/>
   <c r="C10" i="1"/>
   <c r="C9" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="83">
-[...13 lines deleted...]
-    <t>Sanierung</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="87">
+  <si>
+    <t>Check: Erfüllung der Basiskriterien (Bronze)</t>
+  </si>
+  <si>
+    <t>Gelbe Felder eintragen!</t>
+  </si>
+  <si>
+    <t>klimaaktiv-Check Energieausweis: Erfüllung der Basiskriterien (Bronze)</t>
+  </si>
+  <si>
+    <t>Gebäudeart</t>
   </si>
   <si>
     <t>Neubau oder Sanierung</t>
   </si>
   <si>
     <t>Energiewerte im Energieausweis auf S. 2</t>
   </si>
   <si>
-    <t>Ja</t>
-[...1 lines deleted...]
-  <si>
     <t>Bruttogeschoßfläche BGF:</t>
   </si>
   <si>
-    <t>Nein</t>
-[...1 lines deleted...]
-  <si>
     <t>Brutto-Volumen:</t>
   </si>
   <si>
     <t>Gebäudehüllfläche:</t>
   </si>
   <si>
+    <t>A/V-Wert</t>
+  </si>
+  <si>
+    <t>Bruttoraumhöhe</t>
+  </si>
+  <si>
     <t>Energie-Musskriterien</t>
   </si>
   <si>
     <t>Energieausweis (OIB)</t>
   </si>
   <si>
     <t>Grenzwert</t>
   </si>
   <si>
+    <t>Rückmeldung</t>
+  </si>
+  <si>
     <r>
       <t>HWB</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Ref,RK</t>
     </r>
   </si>
   <si>
     <r>
       <t>PEB</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -218,224 +223,310 @@
     </r>
   </si>
   <si>
     <r>
       <t>CO</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Kühlbedarf</t>
   </si>
   <si>
     <t>Nutzkältebedarf</t>
   </si>
   <si>
-    <t>klimaaktiv-Check Energieausweis: Erfüllung der Basiskriterien (Bronze)</t>
-[...42 lines deleted...]
-      <t>PEB</t>
+    <r>
+      <t>Nachweis der Sommertauglichkeit über den g</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>SK</t>
+      <t>tot, Fassade</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>NEU</t>
-[...7 lines deleted...]
-      <rPr>
+      <t>-Wert für alle relevanten Ausrichtungen vorhanden (eigenständige Berechnung unabhängig vom Energieausweis - Prozentwert:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Berechnete Ökokennzahl OI3-Index ankreuzen</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Unterschied: Bei rotem "</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>LZ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>" ist die Entsorgung [in Phasen C1-C4] mitbilanziert)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">             OI3(S)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>2</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>BG3,BZF,</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>LZ</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>NEU</t>
-[...7 lines deleted...]
-      <rPr>
+      <t xml:space="preserve">
+             OI3(S)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>2</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>BG3,BZF</t>
+    </r>
+  </si>
+  <si>
+    <t>OI3-Wert der oben angekreuzten Kennzahl eintragen:</t>
+  </si>
+  <si>
+    <t>Weitere Mindestanforderungen</t>
+  </si>
+  <si>
+    <t>Nähere Informationen:</t>
+  </si>
+  <si>
+    <t>Geplant - möglich</t>
+  </si>
+  <si>
+    <t>Erfüllt</t>
+  </si>
+  <si>
+    <t>Mindestens zwei der folgenden Einrichtungen sind innerhalb von 1.000 m  vorhanden (Anzeige/Entfernungsmessung z.B. mit Google Maps)</t>
+  </si>
+  <si>
+    <t>Supermarkt, Wochenmarkt, Lebensmittelgeschäft, Gemischtwarenhandel, Bäckerei, Gemüsehandel, Greisslerei, Ab-Hof-Verkauf,  Gastronomie, Trafik, Kiosk, Tankstelle mit Lebensmittelhandel, Apotheke, Bankomat, Kindergarten, Tagesmutter, Hort, Volksschule, Hauptschule, Mittelschule, Gymnasium, höhere Schule, Arztpraxis, Krankenhaus, Physiotherapie, Heilmassage, Post, Bank, Gemeindeamt, öffentliche Verwaltung, Friseur, Putzerei, Schuster, Schlüsseldienst, Fußpflege, Nachbarschaftszentrum, Co-Working-Spaces, Jugendzentrum</t>
+  </si>
+  <si>
+    <t>Haltestelle in max. 1.000 m Entfernung vorhanden und Verkehrsmittel fährt zumindest im 60-Minuten-Takt zwischen 6 und 20 Uhr</t>
+  </si>
+  <si>
+    <t>Bus, Bahn, Anrufsammeltaxi: mind. 14 Verbindungen in eine Richtung, entspricht der ÖV-Güteklasse "Basiserschließung im ländlichen Raum"</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>SAN</t>
-[...8 lines deleted...]
-        <vertAlign val="subscript"/>
+      <t>Alternativ zu Haltestelle</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>SK</t>
-[...40 lines deleted...]
-    <t>Erfüllt</t>
+      <t>: Gesamtkonzept zur umweltfreundlichen Mobilität oder Einrichtung von Ladestationen für 10% der PKW-Stellplätze und verkabelte Verrohrung für die restlichen Stellplätze</t>
+    </r>
+  </si>
+  <si>
+    <t>Das Gesamtkonzept muss Maßnahmen entwickeln, die die aktive Mobilität im vergleichbaren Ausmaß zum Öffentlichen Verkehr fördern.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Lüftungsanlage (zumindest Abluftanlage) vorgesehen - Kriterium D.2: Siehe: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">https://www.klimaaktiv.at/publikationen/abluft-im-wohnbau </t>
+    </r>
+  </si>
+  <si>
+    <t>Garantiert hygienisch erforderlichen Luftwechsel. Bei passiver Lüftung mit Abluftanlage: Eigene Zuluftöffnung in jedem Aufenthaltsraum!</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Kein Einsatz klimaschädlicher  Substanzen - siehe Kriterium C.1.2: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>https://www.baubook.at/kahkp</t>
+    </r>
+  </si>
+  <si>
+    <t>Keine HFKW-hältigen Kunststoffdämmungen und -schäume</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">PVC-freie Fußboden- und Wandbeläge - siehe Kriterium C.1.2: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>https://www.baubook.at/kahkp</t>
+    </r>
+  </si>
+  <si>
+    <t>Zu erfassen sind neben dem Hauptmaterial sämtliche Teilkomponenten von Bodenbelägen (z.B. Rückenmaterialien textiler Bodenbeläge, Sockelleisten) und Wandbeschichtungen (z.B. Vinyltapeten)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Schadstoffmessung (VOC und Formaldehyd) - siehe Kritierum D.4.2: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>https://www.baubook.at/kahkp</t>
+    </r>
+  </si>
+  <si>
+    <t>Energieverbrauchsmonitoring</t>
+  </si>
+  <si>
+    <t>Luftdichtheit des Gebäudes</t>
   </si>
   <si>
     <r>
       <t>Neubau: n</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>50</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> ≤,1,5 h</t>
@@ -474,357 +565,283 @@
       <t>50</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> ≤,2,0 h</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>-1</t>
     </r>
   </si>
   <si>
-    <t>Mindestens zwei der folgenden Einrichtungen sind innerhalb von 1.000 m  vorhanden (Anzeige/Entfernungsmessung z.B. mit Google Maps)</t>
-[...2 lines deleted...]
-    <t>Supermarkt, Wochenmarkt, Lebensmittelgeschäft, Gemischtwarenhandel, Bäckerei, Gemüsehandel, Greisslerei, Ab-Hof-Verkauf,  Gastronomie, Trafik, Kiosk, Tankstelle mit Lebensmittelhandel, Apotheke, Bankomat, Kindergarten, Tagesmutter, Hort, Volksschule, Hauptschule, Mittelschule, Gymnasium, höhere Schule, Arztpraxis, Krankenhaus, Physiotherapie, Heilmassage, Post, Bank, Gemeindeamt, öffentliche Verwaltung, Friseur, Putzerei, Schuster, Schlüsseldienst, Fußpflege, Nachbarschaftszentrum, Co-Working-Spaces, Jugendzentrum</t>
+    <t xml:space="preserve">Keine fossile Heizung </t>
+  </si>
+  <si>
+    <t>Kein Einsatz von Öl, Gas, Kohle oder Koks</t>
   </si>
   <si>
     <t>https://www.klimaaktiv.at/unternehmen/gebaeude/gebaeudebewertung-mit-klimaaktiv</t>
   </si>
   <si>
-    <t>OI3-Wert der oben angekreuzten Kennzahl eintragen:</t>
-[...3 lines deleted...]
-      <t xml:space="preserve">             OI3(S)</t>
+    <t>Kategorie</t>
+  </si>
+  <si>
+    <t>Gebäude</t>
+  </si>
+  <si>
+    <r>
+      <t>PEB</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NEU</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>PEB</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SAN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CO</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NEU</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CO</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SAN</t>
+    </r>
+  </si>
+  <si>
+    <t>Spalte1</t>
+  </si>
+  <si>
+    <t>Grenzwerte Neubau</t>
+  </si>
+  <si>
+    <t>Wohngebäude</t>
+  </si>
+  <si>
+    <t>Einfamilienhaus</t>
+  </si>
+  <si>
+    <t>Neubau</t>
+  </si>
+  <si>
+    <t>kWh/m²</t>
+  </si>
+  <si>
+    <t>A/V</t>
+  </si>
+  <si>
+    <t>Mehrfamilienhaus</t>
+  </si>
+  <si>
+    <t>Sanierung</t>
+  </si>
+  <si>
+    <t>DL-Gebäude</t>
+  </si>
+  <si>
+    <t>Bürogebäude</t>
+  </si>
+  <si>
+    <t>Bildungsgebäude</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Pflegeeinrichtungen</t>
+  </si>
+  <si>
+    <t>Nein</t>
+  </si>
+  <si>
+    <t>Grenzwerte Sanierung</t>
+  </si>
+  <si>
+    <t>Krankenhäuser</t>
+  </si>
+  <si>
+    <t>weiß noch nicht</t>
+  </si>
+  <si>
+    <t>Veranstaltungsstätten</t>
+  </si>
+  <si>
+    <t>Beherbergungsbetriebe</t>
+  </si>
+  <si>
+    <t>OI3-TGH</t>
+  </si>
+  <si>
+    <t>Sportstätten</t>
+  </si>
+  <si>
+    <t>OI3-lc</t>
+  </si>
+  <si>
+    <t>Handelsgebäude</t>
+  </si>
+  <si>
+    <t>Sonstige Gebäude</t>
+  </si>
+  <si>
+    <t>ka-Grenzwerte</t>
+  </si>
+  <si>
+    <r>
+      <t>HWB</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>BG3,BZF,</t>
-[...266 lines deleted...]
-      </rPr>
       <t>Ref,RK</t>
     </r>
   </si>
   <si>
     <t>Checkwert:</t>
   </si>
   <si>
-    <t>Trend NB</t>
-[...5 lines deleted...]
-    <t>A/V-Wert</t>
+    <t>Normtrend NB</t>
+  </si>
+  <si>
+    <t>Normtrend SAN</t>
+  </si>
+  <si>
+    <t>Neubau BRH/3</t>
+  </si>
+  <si>
+    <t>Sanierung BRH/3</t>
+  </si>
+  <si>
+    <t>ohne BRH:</t>
+  </si>
+  <si>
+    <t>mit BRH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="7">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;m²&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;m³&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ &quot;kWh/m²a&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00\ &quot;kg/m²a&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.00\ &quot;kWh/m³a&quot;"/>
     <numFmt numFmtId="169" formatCode="0.0%"/>
     <numFmt numFmtId="170" formatCode=";;;"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1132,271 +1149,268 @@
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="169" fontId="1" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="169" fontId="1" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="12" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="18">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
@@ -1450,78 +1464,78 @@
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{B1691197-84E3-4FE1-A8BE-7B91BCEE5A74}"/>
   </tableStyles>
   <colors>
     <mruColors>
+      <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
-      <color rgb="FFFFFF99"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$F$21" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
@@ -2040,515 +2054,508 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.klimaaktiv.at/unternehmen/gebaeude/gebaeudebewertung-mit-klimaaktiv" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:I35"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="48.85546875" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" customWidth="1"/>
     <col min="5" max="5" width="18.5703125" customWidth="1"/>
     <col min="6" max="6" width="2.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-[...33 lines deleted...]
-      <c r="C6" s="65" t="str">
+    <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B2" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="39"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="39"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="55"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="19"/>
+      <c r="C6" s="59" t="str">
         <f>IF(ISBLANK($B$6),"eintragen!", "Eintrag vorhanden")</f>
         <v>eintragen!</v>
       </c>
-      <c r="D6" s="66"/>
-[...7 lines deleted...]
-      <c r="C7" s="65" t="str">
+      <c r="D6" s="59"/>
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="20"/>
+      <c r="C7" s="59" t="str">
         <f t="shared" ref="C7" si="0">IF(ISBLANK(B7),"eintragen!","Eintrag vorhanden")</f>
         <v>eintragen!</v>
       </c>
-      <c r="D7" s="66"/>
-[...3 lines deleted...]
-      <c r="A8" s="60" t="s">
+      <c r="D7" s="59"/>
+      <c r="E7" s="5"/>
+    </row>
+    <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="56"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="62"/>
-[...9 lines deleted...]
-      <c r="C9" s="65" t="str">
+      <c r="B9" s="21"/>
+      <c r="C9" s="59" t="str">
         <f>IF(ISBLANK(B9),"eintragen!","Eintrag vorhanden")</f>
         <v>eintragen!</v>
       </c>
-      <c r="D9" s="66"/>
-[...7 lines deleted...]
-      <c r="C10" s="65" t="str">
+      <c r="D9" s="59"/>
+      <c r="E9" s="5"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="22"/>
+      <c r="C10" s="59" t="str">
         <f>IF(ISBLANK(B10),"eintragen!","Eintrag vorhanden")</f>
         <v>eintragen!</v>
       </c>
-      <c r="D10" s="66"/>
-[...7 lines deleted...]
-      <c r="C11" s="65" t="str">
+      <c r="D10" s="59"/>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="23"/>
+      <c r="C11" s="59" t="str">
         <f>IF(ISBLANK(B11),"eintragen!","Eintrag vorhanden")</f>
         <v>eintragen!</v>
       </c>
-      <c r="D11" s="66"/>
-[...7 lines deleted...]
-        <f>IF($B$11&gt;0,$B$10/$B$11,"")</f>
+      <c r="D11" s="59"/>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="28" t="str">
+        <f>IF($B$11&gt;0,$B$11/$B$10,"")</f>
         <v/>
       </c>
-      <c r="C12" s="27"/>
-[...7 lines deleted...]
-      <c r="B13" s="33" t="str">
+      <c r="C12" s="5"/>
+      <c r="D12" s="5"/>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="29" t="str">
         <f>IF(OR(ISBLANK(B9),ISBLANK(B10)),"",B10/B9)</f>
         <v/>
       </c>
-      <c r="C13" s="27"/>
-[...4 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="C13" s="5"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="28" t="s">
+      <c r="C14" s="57" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="63" t="s">
+      <c r="D14" s="58"/>
+      <c r="E14" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D14" s="64"/>
-[...6 lines deleted...]
-      <c r="A15" s="23" t="s">
+    </row>
+    <row r="15" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A15" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="14"/>
-      <c r="C15" s="69" t="str">
+      <c r="B15" s="12"/>
+      <c r="C15" s="62" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"",Hilfszellen!$B$17)</f>
         <v/>
       </c>
-      <c r="D15" s="64"/>
-      <c r="E15" s="12" t="str">
+      <c r="D15" s="58"/>
+      <c r="E15" s="10" t="str">
         <f t="shared" ref="E15:E19" si="1">IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11),ISBLANK(B15)),"eintragen",IF(B15&lt;=C15,"erfüllt","nicht erfüllt"))</f>
         <v>eintragen</v>
       </c>
-      <c r="F15" s="1"/>
-[...2 lines deleted...]
-      <c r="A16" s="23" t="s">
+    </row>
+    <row r="16" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+      <c r="A16" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="15"/>
-      <c r="C16" s="69" t="str">
+      <c r="B16" s="13"/>
+      <c r="C16" s="62" t="str">
         <f>IF(OR(ISBLANK($B$6),ISBLANK($B$7)),"",IF($B$7="Neubau",IF(ISTEXT($B$6),VLOOKUP($B$6,Hilfszellen!$B$2:$C$12,2,FALSE),100),IF($B$7="Sanierung",IF(ISTEXT($B$7),VLOOKUP($B$6,Hilfszellen!$B$2:$D$12,3,FALSE),150))))</f>
         <v/>
       </c>
-      <c r="D16" s="64"/>
-      <c r="E16" s="12" t="str">
+      <c r="D16" s="58"/>
+      <c r="E16" s="10" t="str">
         <f t="shared" si="1"/>
         <v>eintragen</v>
       </c>
-      <c r="F16" s="1"/>
-[...2 lines deleted...]
-      <c r="A17" s="23" t="s">
+    </row>
+    <row r="17" spans="1:8" ht="18" x14ac:dyDescent="0.25">
+      <c r="A17" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="B17" s="16"/>
-      <c r="C17" s="69" t="str">
+      <c r="B17" s="14"/>
+      <c r="C17" s="62" t="str">
         <f>IF(OR(ISBLANK($B$6),ISBLANK($B$7)),"",IF($B$7="Neubau",IF(ISTEXT($B$6),VLOOKUP($B$6,Hilfszellen!$B$2:$E$12,4,FALSE),9),IF($B$7="Sanierung",IF(ISTEXT($B$7),VLOOKUP($B$6,Hilfszellen!$B$2:$F$12,5,FALSE),14))))</f>
         <v/>
       </c>
-      <c r="D17" s="64"/>
-      <c r="E17" s="12" t="str">
+      <c r="D17" s="58"/>
+      <c r="E17" s="10" t="str">
         <f t="shared" si="1"/>
         <v>eintragen</v>
       </c>
-      <c r="F17" s="1"/>
-[...2 lines deleted...]
-      <c r="A18" s="23" t="s">
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="17"/>
-      <c r="C18" s="69" t="str">
+      <c r="B18" s="15"/>
+      <c r="C18" s="62" t="str">
         <f>IF(OR(ISBLANK($B$6),ISBLANK($B$7)),"",IF(OR($B$6="Einfamilienhaus",$B$6="Mehrfamilienhaus"),"keine Anforderung",IF($B$7="Neubau",0.8,IF($B$7="Sanierung",1," "))))</f>
         <v/>
       </c>
-      <c r="D18" s="64"/>
-      <c r="E18" s="12" t="str">
+      <c r="D18" s="58"/>
+      <c r="E18" s="10" t="str">
         <f t="shared" si="1"/>
         <v>eintragen</v>
       </c>
-      <c r="F18" s="1"/>
-[...2 lines deleted...]
-      <c r="A19" s="23" t="s">
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B19" s="15"/>
-      <c r="C19" s="69" t="str">
+      <c r="B19" s="13"/>
+      <c r="C19" s="62" t="str">
         <f>IF(OR(ISBLANK($B$6),ISBLANK($B$7)),"",IF(OR($B$6="Einfamilienhaus",$B$6="Mehrfamilienhaus"),"keine Anforderung",IF($B$7="Neubau",0.8,IF($B$7="Sanierung",1," "))))</f>
         <v/>
       </c>
-      <c r="D19" s="64"/>
-      <c r="E19" s="12" t="str">
+      <c r="D19" s="58"/>
+      <c r="E19" s="10" t="str">
         <f t="shared" si="1"/>
         <v>eintragen</v>
       </c>
-      <c r="F19" s="1"/>
-[...6 lines deleted...]
-      <c r="C20" s="71" t="str">
+    </row>
+    <row r="20" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+      <c r="A20" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="16"/>
+      <c r="C20" s="64" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"",10%)</f>
         <v/>
       </c>
-      <c r="D20" s="72"/>
-      <c r="E20" s="12" t="str">
+      <c r="D20" s="65"/>
+      <c r="E20" s="10" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11),ISBLANK(B20)),"eintragen",IF(B20&lt;=C20,"erfüllt","nicht erfüllt"))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C21" s="70" t="str">
+    <row r="21" spans="1:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="63" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"","Grenzwert abhängig von ausgewählter Kennzahl")</f>
         <v/>
       </c>
-      <c r="D21" s="53"/>
-      <c r="E21" s="12" t="str">
+      <c r="D21" s="47"/>
+      <c r="E21" s="10" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11),ISBLANK(B21)),"eintragen","Auswahl richtig?")</f>
         <v>eintragen</v>
       </c>
-      <c r="F21" s="11">
+      <c r="F21" s="9">
         <v>1</v>
       </c>
-      <c r="I21" s="10"/>
-[...6 lines deleted...]
-      <c r="C22" s="67" t="str">
+      <c r="H21" s="8"/>
+    </row>
+    <row r="22" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="17"/>
+      <c r="C22" s="60" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"",IF($F$21=1,700,800))</f>
         <v/>
       </c>
-      <c r="D22" s="68"/>
-      <c r="E22" s="12" t="str">
+      <c r="D22" s="61"/>
+      <c r="E22" s="10" t="str">
         <f>IF(AND(B21="Nein",ISBLANK(B22)),"",IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11),ISBLANK(B21),ISBLANK(B22)),"eintragen",IF(B22&lt;=C22,"erfüllt","nicht erfüllt")))</f>
         <v>eintragen</v>
       </c>
-      <c r="F22" s="1"/>
-[...34 lines deleted...]
-      <c r="E25" s="12" t="str">
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="5"/>
+      <c r="B23" s="5"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="49"/>
+      <c r="D24" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="195.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="50" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="51"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="10" t="str">
         <f>IF(ISBLANK(D25),"eintragen",IF(D25="Ja","erfüllt",IF(D25="weiß noch nicht","prüfen!","nicht erfüllt")))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="26" spans="1:9" ht="72" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="E26" s="12" t="str">
+    <row r="26" spans="1:8" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="C26" s="47"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="10" t="str">
         <f>IF(ISBLANK(D26),"eintragen",IF(D26="Ja","erfüllt",IF(D26="weiß noch nicht","prüfen!",IF(D27="Ja","Alternative gewählt","nicht erfüllt"))))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="60" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="E27" s="12" t="str">
+    <row r="27" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A27" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="53"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="10" t="str">
         <f>IF(ISBLANK(D27),"eintragen",IF(D27="Ja","erfüllt",IF(D27="weiß noch nicht","prüfen!",IF(D26="Ja","Alternative gewählt","nicht erfüllt"))))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="28" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="E28" s="12" t="str">
+    <row r="28" spans="1:8" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="47"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="10" t="str">
         <f t="shared" ref="E28:E34" si="2">IF(ISBLANK(D28),"eintragen",IF(D28="Ja","erfüllt",IF(D28="weiß noch nicht","prüfen!","nicht erfüllt")))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="29" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="E29" s="12" t="str">
+    <row r="29" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="47"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="10" t="str">
         <f t="shared" si="2"/>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="30" spans="1:9" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="E30" s="12" t="str">
+    <row r="30" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B30" s="40" t="s">
+        <v>39</v>
+      </c>
+      <c r="C30" s="41"/>
+      <c r="D30" s="6"/>
+      <c r="E30" s="10" t="str">
         <f t="shared" si="2"/>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B31" s="45" t="str">
+    <row r="31" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="40" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"",IF($B$9&lt;2000,"kein Musskriterium","Summe VOC ≤ 3.000 µg/m³, Formaldehyd ≤ 0,10 µg/m³"))</f>
         <v/>
       </c>
-      <c r="C31" s="46"/>
-[...1 lines deleted...]
-      <c r="E31" s="12" t="str">
+      <c r="C31" s="41"/>
+      <c r="D31" s="6"/>
+      <c r="E31" s="10" t="str">
         <f>IF(B31="kein Musskriterium","kein Eintrag nötig",IF(D31="weiß noch nicht","prüfen!",IF(D31="Nein","nicht erfüllt",IF(D31="Ja","erfüllt",IF(AND(B32="kein Musskriterium",D31=""),"kein Eintrag nötig","eintragen")))))</f>
         <v>eintragen</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B32" s="45" t="str">
+    <row r="32" spans="1:8" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="40" t="str">
         <f>IF(OR(ISBLANK(B$6),ISBLANK(B$7),ISBLANK(B$9),ISBLANK(B$10),ISBLANK(B$11)),"",IF($B$9&lt;1000,"kein Musskriterium","Verbrauchserfassung Energieträger Wärme, Strom (Gesamtstrom, Allgemeinstrom, Strom für zentrale Lüftungsanlage), Kaltwasser, PV-Stromproduktion"))</f>
         <v/>
       </c>
-      <c r="C32" s="46"/>
-[...1 lines deleted...]
-      <c r="E32" s="12" t="str">
+      <c r="C32" s="41"/>
+      <c r="D32" s="6"/>
+      <c r="E32" s="10" t="str">
         <f>IF(B32="kein Musskriterium","kein Eintrag nötig",IF(D32="weiß noch nicht","prüfen!",IF(D32="Nein","nicht erfüllt",IF(D32="Ja","erfüllt",IF(AND(B32="kein Musskriterium",D32=""),"kein Eintrag nötig","eintragen")))))</f>
         <v>eintragen</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="6" t="s">
-[...7 lines deleted...]
-      <c r="E33" s="12" t="str">
+      <c r="A33" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="40" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" s="41"/>
+      <c r="D33" s="6"/>
+      <c r="E33" s="10" t="str">
         <f t="shared" si="2"/>
         <v>eintragen</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="6" t="s">
-[...7 lines deleted...]
-      <c r="E34" s="12" t="str">
+      <c r="A34" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B34" s="42" t="s">
+        <v>45</v>
+      </c>
+      <c r="C34" s="43"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="10" t="str">
         <f t="shared" si="2"/>
         <v>eintragen</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="7" t="s">
-[...7 lines deleted...]
-      <c r="E35" s="51"/>
+      <c r="A35" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B35" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7VhJUDxU7bVaGKnsZmgIDjWH1/RDNBhHAMNdDyjb4k/XvYtxoakclFl838SRhRofakKCM5vDQg+hMdbrg/ETQA==" saltValue="RlrcGEskyKLA9DWZ312sUQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="29">
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="B2:E3"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="B33:C33"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="B26:C26"/>
@@ -2675,469 +2682,493 @@
             <xm:f>Hilfszellen!$B$2:$B$12</xm:f>
           </x14:formula1>
           <xm:sqref>B6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Hilfszellen!$H$2:$H$3</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
           <x14:formula1>
             <xm:f>Hilfszellen!$H$5:$H$7</xm:f>
           </x14:formula1>
           <xm:sqref>D25:D34</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle2"/>
-  <dimension ref="A1:K19"/>
+  <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
-    <col min="3" max="4" width="12.140625" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1"/>
+    <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" customWidth="1"/>
     <col min="8" max="8" width="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="B1" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C1" s="68" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1" s="68" t="s">
+        <v>50</v>
+      </c>
+      <c r="E1" s="68" t="s">
+        <v>51</v>
+      </c>
+      <c r="F1" s="68" t="s">
+        <v>52</v>
+      </c>
+      <c r="H1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J1" s="66" t="s">
+        <v>54</v>
+      </c>
+      <c r="K1" s="66"/>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" s="68">
+        <v>100</v>
+      </c>
+      <c r="D2" s="68">
+        <v>150</v>
+      </c>
+      <c r="E2" s="68">
+        <v>9</v>
+      </c>
+      <c r="F2" s="68">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+      <c r="J2" s="31" t="s">
+        <v>58</v>
+      </c>
+      <c r="K2" s="31" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="68">
+        <v>100</v>
+      </c>
+      <c r="D3" s="68">
+        <v>150</v>
+      </c>
+      <c r="E3" s="68">
+        <v>9</v>
+      </c>
+      <c r="F3" s="68">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="J3" s="32">
         <v>34</v>
       </c>
-      <c r="D1" t="s">
-[...11 lines deleted...]
-      <c r="J1" s="73" t="s">
+      <c r="K3" s="32">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" s="68">
+        <v>160</v>
+      </c>
+      <c r="D4" s="68">
+        <v>180</v>
+      </c>
+      <c r="E4" s="68">
+        <v>20</v>
+      </c>
+      <c r="F4" s="68">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="J4" s="32">
+        <v>20</v>
+      </c>
+      <c r="K4" s="32">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" s="68">
+        <v>100</v>
+      </c>
+      <c r="D5" s="68">
+        <v>150</v>
+      </c>
+      <c r="E5" s="68">
+        <v>17</v>
+      </c>
+      <c r="F5" s="68">
+        <v>21</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" s="68">
+        <v>200</v>
+      </c>
+      <c r="D6" s="68">
+        <v>220</v>
+      </c>
+      <c r="E6" s="68">
+        <v>25</v>
+      </c>
+      <c r="F6" s="68">
+        <v>27</v>
+      </c>
+      <c r="H6" t="s">
+        <v>67</v>
+      </c>
+      <c r="J6" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="K6" s="66"/>
+    </row>
+    <row r="7" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="68">
+        <v>350</v>
+      </c>
+      <c r="D7" s="68">
+        <v>380</v>
+      </c>
+      <c r="E7" s="68">
+        <v>45</v>
+      </c>
+      <c r="F7" s="68">
+        <v>55</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+      <c r="J7" s="31" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" s="31" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" s="68">
+        <v>160</v>
+      </c>
+      <c r="D8" s="68">
+        <v>180</v>
+      </c>
+      <c r="E8" s="68">
+        <v>22</v>
+      </c>
+      <c r="F8" s="68">
+        <v>25</v>
+      </c>
+      <c r="J8" s="32">
+        <v>44</v>
+      </c>
+      <c r="K8" s="32">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" s="68">
+        <v>180</v>
+      </c>
+      <c r="D9" s="68">
+        <v>200</v>
+      </c>
+      <c r="E9" s="68">
+        <v>25</v>
+      </c>
+      <c r="F9" s="68">
+        <v>30</v>
+      </c>
+      <c r="H9" t="s">
+        <v>73</v>
+      </c>
+      <c r="J9" s="32">
+        <v>28</v>
+      </c>
+      <c r="K9" s="32">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" s="68">
+        <v>210</v>
+      </c>
+      <c r="D10" s="68">
+        <v>260</v>
+      </c>
+      <c r="E10" s="68">
+        <v>25</v>
+      </c>
+      <c r="F10" s="68">
+        <v>30</v>
+      </c>
+      <c r="H10" t="s">
         <v>75</v>
       </c>
-      <c r="K1" s="73"/>
-[...118 lines deleted...]
-      <c r="C6" s="3">
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" s="68">
         <v>200</v>
       </c>
-      <c r="D6" s="3">
+      <c r="D11" s="68">
         <v>220</v>
       </c>
-      <c r="E6" s="3">
+      <c r="E11" s="68">
         <v>25</v>
       </c>
-      <c r="F6" s="3">
-[...14 lines deleted...]
-      <c r="B7" s="3" t="s">
+      <c r="F11" s="68">
+        <v>30</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" s="68">
+        <v>200</v>
+      </c>
+      <c r="D12" s="68">
+        <v>220</v>
+      </c>
+      <c r="E12" s="68">
         <v>25</v>
       </c>
-      <c r="C7" s="3">
-[...63 lines deleted...]
-      <c r="F9" s="3">
+      <c r="F12" s="68">
         <v>30</v>
       </c>
-      <c r="H9" t="s">
-[...73 lines deleted...]
-      </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="34" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="42" t="s">
+      <c r="A14" s="30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" s="37" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="18" x14ac:dyDescent="0.35">
+      <c r="A15" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="33" t="e">
+        <f>IF(E16&gt;$J$3,ROUNDDOWN($J$3*'Quick-Check'!$B$13/3,2),IF(E16&lt;$J$4,$J$4,$E$16))</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="C15" s="33" t="e">
+        <f>IF(F16&gt;$J$8,ROUNDDOWN($J$8*'Quick-Check'!$B$13/3,2),IF(F16&lt;$J$9,$J$9,$F$16))</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="D15" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" s="69" t="e" cm="1">
+        <f t="array" ref="E15">TREND($J$3:$J$4,$K$3:$K$4,'Quick-Check'!$B$12)</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="F15" s="69" t="e" cm="1">
+        <f t="array" ref="F15">TREND($J$8:$J$9,$K$8:$K$9,'Quick-Check'!$B$12)</f>
+        <v>#VALUE!</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="D16" s="70" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" s="71" t="e">
+        <f>ROUNDDOWN(E15*('Quick-Check'!$B$13/3),2)</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="F16" s="71" t="e">
+        <f>ROUNDDOWN(F15*('Quick-Check'!$B$13/3),2)</f>
+        <v>#VALUE!</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="35" t="s">
         <v>80</v>
       </c>
-      <c r="F14" s="42" t="s">
-[...28 lines deleted...]
-      <c r="B17" s="41" t="e">
+      <c r="B17" s="36" t="e">
         <f>IF('Quick-Check'!$B$7="Neubau",Hilfszellen!$B$15,Hilfszellen!$C$15)</f>
         <v>#VALUE!</v>
       </c>
-    </row>
-[...3 lines deleted...]
-        <v>1.25</v>
+      <c r="C17" s="67" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="4">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Quick-Check</vt:lpstr>
       <vt:lpstr>'Quick-Check'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Verband Oesterreichischer Umweltberatungsstellen</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Peter Haftner</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>